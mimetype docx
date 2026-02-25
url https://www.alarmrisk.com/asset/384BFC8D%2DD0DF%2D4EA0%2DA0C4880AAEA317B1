--- v0 (2025-10-15)
+++ v1 (2026-02-25)
@@ -36,51 +36,65 @@
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1210FE59" w14:textId="21E4B8E0" w:rsidR="00143F16" w:rsidRDefault="007B1B6A" w:rsidP="00143F16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="36C30F9B">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are building a large or complicated stand, or are involved in unusual activities during the Exhibition, you may need to seek the assistance of a qualified health &amp; safety advisor. All risk assessments should be </w:t>
       </w:r>
       <w:r w:rsidR="474D198F" w:rsidRPr="36C30F9B">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="36C30F9B">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">careful and studied examination of your activities ensuring that your build up, open period and breakdown are achieved safely and nothing occurs which could cause harm to any person. </w:t>
+        <w:t xml:space="preserve">careful and studied examination of your activities ensuring that your build up, open period and breakdown are achieved </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="36C30F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>safely</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="36C30F9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and nothing occurs which could cause harm to any person. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EA1ED81" w14:textId="1776878B" w:rsidR="007B1B6A" w:rsidRDefault="007B1B6A" w:rsidP="00143F16">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007B1B6A">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>We would expect you to consider the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="393AAA80" w14:textId="3BE78170" w:rsidR="007B1B6A" w:rsidRDefault="007B1B6A" w:rsidP="007B1B6A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
@@ -2146,61 +2160,61 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E17AC3" w:rsidRPr="007B1B6A" w:rsidSect="0018409C">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0241BA59" w14:textId="77777777" w:rsidR="009B03E6" w:rsidRDefault="009B03E6" w:rsidP="005066AA">
+    <w:p w14:paraId="1D55B3D5" w14:textId="77777777" w:rsidR="004A726B" w:rsidRDefault="004A726B" w:rsidP="005066AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64C9F004" w14:textId="77777777" w:rsidR="009B03E6" w:rsidRDefault="009B03E6" w:rsidP="005066AA">
+    <w:p w14:paraId="793E1B11" w14:textId="77777777" w:rsidR="004A726B" w:rsidRDefault="004A726B" w:rsidP="005066AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2229,109 +2243,110 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:altName w:val="﷽﷽﷽﷽﷽﷽﷽﷽t MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Exo">
     <w:altName w:val="Calibri"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000FF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="40E1386C" w14:textId="77777777" w:rsidR="00AD18B3" w:rsidRDefault="00AD18B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="454C8E7C" w14:textId="77777777" w:rsidR="00AD18B3" w:rsidRDefault="00AD18B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10CE7B73" w14:textId="77777777" w:rsidR="00AD18B3" w:rsidRDefault="00AD18B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F231AB8" w14:textId="77777777" w:rsidR="009B03E6" w:rsidRDefault="009B03E6" w:rsidP="005066AA">
+    <w:p w14:paraId="3C9D4152" w14:textId="77777777" w:rsidR="004A726B" w:rsidRDefault="004A726B" w:rsidP="005066AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69B4275C" w14:textId="77777777" w:rsidR="009B03E6" w:rsidRDefault="009B03E6" w:rsidP="005066AA">
+    <w:p w14:paraId="5CE53E0F" w14:textId="77777777" w:rsidR="004A726B" w:rsidRDefault="004A726B" w:rsidP="005066AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2EAE71E6" w14:textId="77777777" w:rsidR="00AD18B3" w:rsidRDefault="00AD18B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
@@ -2372,81 +2387,81 @@
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7CEE3FCA" wp14:editId="770A89A4">
                 <wp:extent cx="1435219" cy="826936"/>
                 <wp:effectExtent l="0" t="0" r="0" b="1905"/>
                 <wp:docPr id="1738033986" name="Picture 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 12"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" id="{54C43B00-5E65-4256-8A8D-0BEC42286F91}"/>
+                              <a16:creationId xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54C43B00-5E65-4256-8A8D-0BEC42286F91}"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1435219" cy="826936"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11869" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="08024AD5" w14:textId="295126A6" w:rsidR="00143F16" w:rsidRPr="00143F16" w:rsidRDefault="00143F16" w:rsidP="00143F16">
+        <w:p w14:paraId="08024AD5" w14:textId="217920D4" w:rsidR="00143F16" w:rsidRPr="00143F16" w:rsidRDefault="00143F16" w:rsidP="00143F16">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00143F16">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="7030A0"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
             <w:t xml:space="preserve">EXHIBITION </w:t>
           </w:r>
           <w:r w:rsidR="006809B4">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
@@ -2457,60 +2472,60 @@
             </w:rPr>
             <w:t>RISK ASSESSMENT</w:t>
           </w:r>
           <w:r w:rsidR="00E17AC3">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="7030A0"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00143F16">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="7030A0"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
-          <w:r w:rsidR="00AD18B3">
+          <w:r w:rsidR="009F7B0B">
             <w:rPr>
               <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
               <w:b/>
               <w:bCs/>
               <w:color w:val="7030A0"/>
               <w:sz w:val="36"/>
               <w:szCs w:val="36"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="44EAFD9C" w14:textId="77777777" w:rsidR="005066AA" w:rsidRPr="00E05199" w:rsidRDefault="005066AA" w:rsidP="00E05199">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Exo" w:hAnsi="Exo"/>
         <w:b/>
         <w:color w:val="63656A"/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="00B9C050" w14:textId="77777777" w:rsidR="00AD18B3" w:rsidRDefault="00AD18B3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
@@ -4025,123 +4040,128 @@
   </w:num>
   <w:num w:numId="8" w16cid:durableId="695010598">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="13312037">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1602028727">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="896279828">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1437940422">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="721251017">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005066AA"/>
     <w:rsid w:val="00071F4D"/>
     <w:rsid w:val="000E2E18"/>
     <w:rsid w:val="00114504"/>
     <w:rsid w:val="00143F16"/>
     <w:rsid w:val="00182542"/>
     <w:rsid w:val="0018409C"/>
     <w:rsid w:val="001E1720"/>
     <w:rsid w:val="001F6AF5"/>
     <w:rsid w:val="00257E55"/>
     <w:rsid w:val="002C4398"/>
     <w:rsid w:val="002F6B1A"/>
     <w:rsid w:val="003323B4"/>
     <w:rsid w:val="003F1319"/>
     <w:rsid w:val="00457EF9"/>
+    <w:rsid w:val="004A726B"/>
     <w:rsid w:val="005066AA"/>
     <w:rsid w:val="00506CD8"/>
     <w:rsid w:val="00553E82"/>
     <w:rsid w:val="00560522"/>
     <w:rsid w:val="0059536B"/>
     <w:rsid w:val="00606431"/>
     <w:rsid w:val="006809B4"/>
     <w:rsid w:val="006A1C8C"/>
     <w:rsid w:val="006E19BC"/>
     <w:rsid w:val="007A4F85"/>
     <w:rsid w:val="007B1B6A"/>
     <w:rsid w:val="007F1ACF"/>
     <w:rsid w:val="008F6EE7"/>
     <w:rsid w:val="00932B1D"/>
     <w:rsid w:val="00961ECF"/>
     <w:rsid w:val="009B03E6"/>
+    <w:rsid w:val="009F7B0B"/>
     <w:rsid w:val="00A07F9C"/>
     <w:rsid w:val="00A10BCC"/>
     <w:rsid w:val="00A22786"/>
     <w:rsid w:val="00A259DB"/>
+    <w:rsid w:val="00A70EC8"/>
     <w:rsid w:val="00AC5179"/>
     <w:rsid w:val="00AD07CC"/>
     <w:rsid w:val="00AD18B3"/>
     <w:rsid w:val="00B77581"/>
     <w:rsid w:val="00BF2BCD"/>
     <w:rsid w:val="00C0516A"/>
     <w:rsid w:val="00C220DC"/>
     <w:rsid w:val="00C3042B"/>
     <w:rsid w:val="00E05199"/>
     <w:rsid w:val="00E17AC3"/>
     <w:rsid w:val="00E30E37"/>
     <w:rsid w:val="00E972AF"/>
     <w:rsid w:val="00F13198"/>
     <w:rsid w:val="00F37F30"/>
     <w:rsid w:val="00F54C50"/>
     <w:rsid w:val="00FA107E"/>
+    <w:rsid w:val="00FA799B"/>
     <w:rsid w:val="00FD45D7"/>
     <w:rsid w:val="34BBF1D8"/>
     <w:rsid w:val="36C30F9B"/>
     <w:rsid w:val="474D198F"/>
     <w:rsid w:val="67984B42"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -4998,91 +5018,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...39 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005F9C3C2B87DDD043B0289E85D471CAB0" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ff0b0468f114dbd97651c32dcf793349">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="efccd9ca-74e0-4955-af02-0e4d592e3032" xmlns:ns3="74c2c96b-3815-4da5-a23c-e67c6d7e4638" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c719d9bf8f3296003c503499bb763436" ns2:_="" ns3:_="">
     <xsd:import namespace="efccd9ca-74e0-4955-af02-0e4d592e3032"/>
     <xsd:import namespace="74c2c96b-3815-4da5-a23c-e67c6d7e4638"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -5281,92 +5260,133 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="74c2c96b-3815-4da5-a23c-e67c6d7e4638">
+      <UserInfo>
+        <DisplayName>Chris Walker</DisplayName>
+        <AccountId>21</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Julie Gray</DisplayName>
+        <AccountId>17</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Sophia Abraham</DisplayName>
+        <AccountId>13</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="efccd9ca-74e0-4955-af02-0e4d592e3032">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="74c2c96b-3815-4da5-a23c-e67c6d7e4638" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD679EBC-1F2D-4CDF-B37F-E840D78B1F68}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="efccd9ca-74e0-4955-af02-0e4d592e3032"/>
     <ds:schemaRef ds:uri="74c2c96b-3815-4da5-a23c-e67c6d7e4638"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51A3E707-5275-48F3-9721-8F6E0CFF31E3}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A64F330-75D9-43CA-AFF5-538C73B2024F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{676879D0-9ECF-43AE-8317-BB3EEDC3044A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="74c2c96b-3815-4da5-a23c-e67c6d7e4638"/>
+    <ds:schemaRef ds:uri="efccd9ca-74e0-4955-af02-0e4d592e3032"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>191</Words>
   <Characters>1092</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 